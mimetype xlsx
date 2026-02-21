--- v0 (2025-10-06)
+++ v1 (2026-02-21)
@@ -718,51 +718,51 @@
   <si>
     <t>Mesa Diretora 2019-2020</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2019/901174/mocao_13.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROTESTO CONTRA AS MEDIDAS FORMULADAS PELO GOVERNO FEDERAL, NA TENTATIVA DE EXTINGUIR MUNICÍPIOS LEGALMENTE CONSTITUÍDOS, COM MENOS DE 5 MIL HABITANTES, E APELA AOS SENHORES MEMBROS DO CONGRESSO NACIONAL, PARA QUE REJEITEM PEREMPTORIAMENTE PROPOSTA DE EMENDA CONSTITUCIONAL CONCERNENTE AO TEMA.</t>
   </si>
   <si>
     <t>901179</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t xml:space="preserve">TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO </t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2019/901179/parecer_tribunal_contas_2050.pdf</t>
   </si>
   <si>
-    <t>PROCESSO DE PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE FERNÃO E RESPECTIVO PARECER PRÉVIO EMITIDO PELA E. PRIMEIRA CÂMARA DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO EM SESSÃO DE 30/07/2019 - PROCESSO TC 006362.989.16-2, NOS TERMOS DO ARTIGO 33, INCISO XIII, DA CONSTITUIÇÃO DO ESTADO, COMBINADO COM O ARTIGO 2º, INCISO II DA LEI COMPLEMENTAR Nº 709/93, DE 14 DE JANEIRO DE 1993, LEI ORGÂNICA DO TRIBUNAL DE CONTAS DO ESTADO, RELATIVOS ÀS CONTAS DO EXERCÍCIO 2017, APRESENTADAS PELO EXECUTIVO MUNICIPAL.</t>
+    <t>CONTAS DA PREFEITURA MUNICIPAL DE FERNÃO EXERCÍCIO DE 2017</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2019/1568/0001-2019.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS  DO MUNICÍPIO DE FERNÃO, REFERENTE AO EXERCÍCIO DE 2016. </t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>