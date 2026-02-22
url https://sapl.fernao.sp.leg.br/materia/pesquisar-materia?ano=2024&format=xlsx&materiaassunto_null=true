--- v0 (2025-10-05)
+++ v1 (2026-02-22)
@@ -1407,51 +1407,51 @@
   <si>
     <t>902240</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2024/902240/projeto_de_lei_executivo_27-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA FORNECIMENTO DE TRANSPORTE GRATUITO PARA O MUNICÍPIO DE GÁLIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>902242</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2024/902242/projeto_de_lei_do_executivo_no_28_de_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL AO ORÇAMENTO DE 2024 E DA OUTRAS PROVIDÊNCIAS. (FICHAS DE DESPESAS COM SALDOS BAIXOS)</t>
   </si>
   <si>
     <t>902241</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2024/902241/projeto_de_lei_do_executivo_no_29_de_2024.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 1.076, DE 06 DE OUTUBRO DE 2023, QUE INSTIUI O PROGRAMA DE ASSISTÊNCIA AO DESEMPREGO DENOMINADO "FRENTE DE TRABALHO".</t>
+    <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 1.076, DE 06 DE OUTUBRO DE 2023, QUE INSTITUI O PROGRAMA DE ASSISTÊNCIA AO DESEMPREGO DENOMINADO "FRENTE DE TRABALHO".</t>
   </si>
   <si>
     <t>902244</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2024/902244/projeto_de_lei_executivo_30-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR  AO ORÇAMENTO DE 2024 E DA OUTRAS PROVIDÊNCIAS. (AQUISIÇÃO DE VEÍCULO PARA UNIDADE DE SAÚDE DA FAMÍLIA)</t>
   </si>
   <si>
     <t>902257</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2024/902257/projeto_de_lei_executivo_31-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RERRATIFICAÇÃO DA LEI Nº 917/2018, DE 20 DE SETEMBRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>902276</t>
   </si>
   <si>
     <t>https://sapl.fernao.sp.leg.br/media/sapl/public/materialegislativa/2024/902276/projeto_de_lei_do_executivo_no_32_de_2024.pdf</t>
   </si>